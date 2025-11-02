--- v0 (2025-10-09)
+++ v1 (2025-11-02)
@@ -6,185 +6,185 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="002F2243" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="7EFA5AF2" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="002F2243" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>A-328 Career Development Program</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="657FEA20" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>Guidelines for Forming an Assessment Committee</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="7745C356" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="4A63A1CB" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Assessment Committee Membership:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="6B42C3C8" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="7B5DC417" w14:textId="6FCE683C" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
@@ -198,84 +198,164 @@
       </w:pPr>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Chairperson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (I.A.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>: The Chairperson of the candidate’s department. In the situation where the department chairperson is the candidate, the most senior member or next most senior member of the department will chair that one Assessment Committee.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For Faculty - t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Chairperson of the candidate’s department. </w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For Librarians – the most senior Librarian. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In the situation where the department chairperson</w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or most senior Librarian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is the candidate,</w:t>
+      </w:r>
+      <w:r w:rsidR="00787544" w:rsidRPr="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the next most senior member of the department </w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or next most senior librarian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will chair that one Assessment Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5738B10C" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="34ECFB97" w14:textId="2C561F0F" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
@@ -289,84 +369,100 @@
       </w:pPr>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>(I.B.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>: A member of the faculty who is competent to review the scholarship of the candidate and to evaluate the candidate’s currency and depth of knowledge in their discipline and specialty.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+        <w:t>: A member of the faculty</w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or librarians</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who is competent to review the scholarship of the candidate and to evaluate the candidate’s currency and depth of knowledge in their discipline and specialty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027CAEB8" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="04477AAD" w14:textId="762DA0B3" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
@@ -380,416 +476,484 @@
       </w:pPr>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>(I.C.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>: A member of the faculty who is knowledgeable about good teaching practices and experiences in instructional assessment.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+        <w:t xml:space="preserve">: A member of the faculty </w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>librarians</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who is knowledgeable about good teaching practices and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>experiences</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in instructional assessment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4539EA4F" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="59DEB0A8" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eligibility Requirements:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="4F2BF106" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="63CA64C5" w14:textId="00A72EED" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tenured members of the faculty</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or librarians</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6688C17D" w14:textId="6088B064" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Full, associate, and assistant professors</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+        <w:t xml:space="preserve">Full, </w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ssociate, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434EE0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ssistant professors</w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Librarian I, II or III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2773D624" w14:textId="76E3C3EB" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Members </w:t>
-[...34 lines deleted...]
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+        <w:t>Members may be selected from outside the candidate’s department, although it is expected that they would be chosen from within.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21EAF4FA" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="4DC4E2C0" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Selection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
+    <w:p w14:paraId="153BC7FA" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00434EE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00AB1435">
+    <w:p w14:paraId="31738EB3" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRPr="00434EE0" w:rsidRDefault="00434EE0" w:rsidP="00AB1435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -832,480 +996,498 @@
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the chairperson of the Assessment Committee.  The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>candidate</w:t>
       </w:r>
       <w:r w:rsidRPr="00434EE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must provide a statement of reasons for choices of members I.B. and I.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434EE0" w:rsidRDefault="00434EE0">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+    <w:p w14:paraId="39362A71" w14:textId="77777777" w:rsidR="00434EE0" w:rsidRDefault="00434EE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E06FA7A" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>------------------------------------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25FD3" w:rsidRPr="00434EE0" w:rsidRDefault="00F25FD3" w:rsidP="00F25FD3">
+    <w:p w14:paraId="1CC41AD3" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRPr="00434EE0" w:rsidRDefault="00F25FD3" w:rsidP="00F25FD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1047"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="2991"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A-328 Assessment Committee Roster:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+    <w:p w14:paraId="2A45D7E9" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5478D584" w14:textId="43085641" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25FD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A-328 Faculty Member Name</w:t>
+        <w:t xml:space="preserve">A-328 </w:t>
+      </w:r>
+      <w:r w:rsidR="00787544">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25FD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="657200829"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00271DB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+    <w:p w14:paraId="3AA41AEB" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44A98DC6" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25FD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-312875977"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00271DB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+    <w:p w14:paraId="37B0CE0E" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14DDC2DC" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25FD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>College</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1905710847"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00271DB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+    <w:p w14:paraId="1A89283F" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AD9C6D1" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25FD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member I.A. (Chairperson) Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1285390737"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00271DB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+    <w:p w14:paraId="2FACEFCE" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18788E4D" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25FD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member I.B. Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="10346280"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00271DB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3" w:rsidP="00F25FD3">
+    <w:p w14:paraId="63F7D8FE" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="364C6AE1" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3" w:rsidP="00F25FD3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63096">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member I.B. Rationale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1144111434"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00271DB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+    <w:p w14:paraId="2CAD1514" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070E63DB" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25FD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member I.C. Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
@@ -1319,142 +1501,140 @@
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00271DB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F25FD3" w:rsidRPr="00434EE0" w:rsidRDefault="00F25FD3" w:rsidP="00F25FD3">
+    <w:p w14:paraId="4E1975E4" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRDefault="00F25FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CC818C" w14:textId="77777777" w:rsidR="00F25FD3" w:rsidRPr="00434EE0" w:rsidRDefault="00F25FD3" w:rsidP="00F25FD3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63096">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member I.C. Rationale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="2118792122"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:bookmarkStart w:id="0" w:name="_GoBack"/>
           <w:r w:rsidRPr="00271DB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="0"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="00F25FD3" w:rsidRPr="00434EE0">
+    <w:sectPr w:rsidR="00F25FD3" w:rsidRPr="00434EE0" w:rsidSect="00787544">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="990" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0043733B" w:rsidRDefault="0043733B" w:rsidP="00434EE0">
+    <w:p w14:paraId="09C8BD74" w14:textId="77777777" w:rsidR="0043733B" w:rsidRDefault="0043733B" w:rsidP="00434EE0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0043733B" w:rsidRDefault="0043733B" w:rsidP="00434EE0">
+    <w:p w14:paraId="51F0BE16" w14:textId="77777777" w:rsidR="0043733B" w:rsidRDefault="0043733B" w:rsidP="00434EE0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1471,70 +1651,70 @@
   <w:font w:name="Univers">
     <w:altName w:val="Univers"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0043733B" w:rsidRDefault="0043733B" w:rsidP="00434EE0">
+    <w:p w14:paraId="5E8CFF26" w14:textId="77777777" w:rsidR="0043733B" w:rsidRDefault="0043733B" w:rsidP="00434EE0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0043733B" w:rsidRDefault="0043733B" w:rsidP="00434EE0">
+    <w:p w14:paraId="4866F702" w14:textId="77777777" w:rsidR="0043733B" w:rsidRDefault="0043733B" w:rsidP="00434EE0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27B8793A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FDCE99C"/>
     <w:lvl w:ilvl="0" w:tplc="6338E80A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2097,150 +2277,153 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1403984982">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="961031499">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="502743429">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1873687683">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="771170999">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1920868717">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Lsi6qQ5a4jnMQkazlRz6BPbVM/C57pHbxQoPeV909/2zc0zNxmO6/hoU3Y6MlSjyVf1CSNhfJl7EPCIWfG1TmA==" w:salt="7zShK0ZLgNM63NoX4AsAvA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rGagd46yppciDS+AmVbvo/2sjsWcylv7ctyx+tF/m9zAhJorGXI3z08vzBO4tq7bUAlwT09lqcvuP1niHZLNWA==" w:salt="rPqcY+beTgozK6VMH9j9TA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00434EE0"/>
     <w:rsid w:val="00434EE0"/>
     <w:rsid w:val="0043733B"/>
     <w:rsid w:val="00590B15"/>
+    <w:rsid w:val="00787544"/>
     <w:rsid w:val="00A63096"/>
     <w:rsid w:val="00AB1435"/>
     <w:rsid w:val="00F25FD3"/>
+    <w:rsid w:val="00FA4BD2"/>
     <w:rsid w:val="00FE65DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="64369239"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E910606A-2E58-4293-BC23-168969058476}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2572,50 +2755,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00434EE0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Univers" w:eastAsia="Times New Roman" w:hAnsi="Univers" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -2743,100 +2927,100 @@
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00434EE0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F25FD3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8EDE3F67-5106-4548-9135-627B14469745}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D15A2C" w:rsidRDefault="00EC3486">
           <w:r w:rsidRPr="00271DB4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2849,113 +3033,126 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers">
     <w:altName w:val="Univers"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC3486"/>
     <w:rsid w:val="001B3315"/>
     <w:rsid w:val="00B3046C"/>
     <w:rsid w:val="00D15A2C"/>
     <w:rsid w:val="00EC3486"/>
+    <w:rsid w:val="00FA4BD2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3287,101 +3484,98 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EC3486"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8518EFA5226E40F8BF9F82330A380006">
-[...2 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -3659,69 +3853,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{216E906A-AE90-42D4-94B5-F6049157A1D3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>265</Words>
-  <Characters>1513</Characters>
+  <Words>275</Words>
+  <Characters>1637</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kean University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1775</CharactersWithSpaces>
+  <CharactersWithSpaces>1897</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marianne E. Gass</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>