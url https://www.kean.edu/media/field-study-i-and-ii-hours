--- v0 (2025-10-24)
+++ v1 (2026-03-28)
@@ -1,244 +1,353 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gonzalwa\Downloads\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5914E223-50CE-4EC7-B9B0-7A0AEEECE425}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="36" windowWidth="15192" windowHeight="8196"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Field Hours" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B21" i="1" l="1"/>
+  <c r="B30" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="15">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Hours</t>
   </si>
   <si>
     <t xml:space="preserve">Student Name           </t>
   </si>
   <si>
     <t xml:space="preserve">                                                              </t>
   </si>
   <si>
     <t xml:space="preserve">                                         </t>
   </si>
   <si>
     <t>Field I</t>
   </si>
   <si>
     <t>Field II</t>
   </si>
   <si>
     <t xml:space="preserve">                    </t>
   </si>
   <si>
     <t xml:space="preserve">                   </t>
   </si>
   <si>
     <t>Total Hours</t>
   </si>
   <si>
     <t>(Use this sheet to record your internship hours in aggregate. Simply record the date and the total number of hours you completed on that date.</t>
   </si>
   <si>
     <t>This information should match the data from your log sheets (i.e., 2 hours and 30 minutes = 2.5) Simply continue to "add rows" as the semester progresses.)</t>
   </si>
   <si>
     <t>Example</t>
   </si>
+  <si>
+    <t xml:space="preserve">                                               EDUCATIONAL LEADERSHIP DEPARTMENT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                            FIELD I AND FIELD II HOURS</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="4" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>281940</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>160020</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>121920</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1" descr="Apply to Kean University">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5C0008A-30BE-8843-39BF-0B709AA04DE1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2773680" y="114300"/>
+          <a:ext cx="2926080" cy="1104900"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -266,51 +375,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -439,172 +548,189 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:O21"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A8:O30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H21" sqref="H21"/>
+      <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A1" s="4" t="s">
+    <row r="8" spans="1:15" ht="25.8" x14ac:dyDescent="0.5">
+      <c r="A8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+    </row>
+    <row r="9" spans="1:15" ht="25.8" x14ac:dyDescent="0.5">
+      <c r="A9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A10" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="4"/>
-[...15 lines deleted...]
-      <c r="A2" s="4" t="s">
+      <c r="B10" s="4"/>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="4"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="4"/>
+      <c r="H10" s="4"/>
+      <c r="I10" s="4"/>
+      <c r="J10" s="4"/>
+      <c r="K10" s="4"/>
+      <c r="L10" s="4"/>
+      <c r="M10" s="4"/>
+      <c r="N10" s="4"/>
+      <c r="O10" s="4"/>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A11" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="4"/>
-[...15 lines deleted...]
-      <c r="A4" t="s">
+      <c r="B11" s="4"/>
+      <c r="C11" s="4"/>
+      <c r="D11" s="4"/>
+      <c r="E11" s="4"/>
+      <c r="F11" s="4"/>
+      <c r="G11" s="4"/>
+      <c r="H11" s="4"/>
+      <c r="I11" s="4"/>
+      <c r="J11" s="4"/>
+      <c r="K11" s="4"/>
+      <c r="L11" s="4"/>
+      <c r="M11" s="4"/>
+      <c r="N11" s="4"/>
+      <c r="O11" s="4"/>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A13" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="F4" t="s">
+      <c r="F13" t="s">
         <v>0</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="G13" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I13" t="s">
         <v>5</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="J13" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="K4" t="s">
+      <c r="K13" t="s">
         <v>6</v>
       </c>
-      <c r="L4" s="1" t="s">
+      <c r="L13" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A5" s="3" t="s">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A14" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="B14" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A6" s="5">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A15" s="5">
         <v>40232</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B15" s="4">
         <v>1.5</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="C15" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A7" s="5">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A16" s="5">
         <v>40233</v>
       </c>
-      <c r="B7" s="4">
+      <c r="B16" s="4">
         <v>2.5</v>
       </c>
-      <c r="C7" s="6" t="s">
+      <c r="C16" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="21" spans="2:3" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <f>SUM(B6:B20)</f>
+    <row r="30" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B30">
+        <f>SUM(B15:B29)</f>
         <v>4</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="C30" s="2" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Field Hours</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kean University</Company>
   <LinksUpToDate>false</LinksUpToDate>