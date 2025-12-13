--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -6,51 +6,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="63210F39" w14:textId="6DD909FF" w:rsidR="009D672C" w:rsidRPr="008A72BC" w:rsidRDefault="009D672C" w:rsidP="008A72BC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A72BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Application form for Lecturer Conversion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76929111" w14:textId="77777777" w:rsidR="008A72BC" w:rsidRDefault="00110089" w:rsidP="008A72BC">
       <w:pPr>
         <w:ind w:right="-630"/>
       </w:pPr>
@@ -262,72 +262,69 @@
         <w:id w:val="41959799"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="25282920" w14:textId="69ACE41E" w:rsidR="008A72BC" w:rsidRPr="006526F4" w:rsidRDefault="008A72BC" w:rsidP="008A72BC">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
           </w:pPr>
           <w:r w:rsidRPr="005F2CD3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="408B82E9" w14:textId="77777777" w:rsidR="008A72BC" w:rsidRDefault="008A72BC" w:rsidP="008A72BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73E9C181" w14:textId="647EF8C8" w:rsidR="00984D67" w:rsidRDefault="00984D67" w:rsidP="00984D67">
+    <w:p w14:paraId="73E9C181" w14:textId="65C54DCD" w:rsidR="00984D67" w:rsidRDefault="00984D67" w:rsidP="00984D67">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006526F4">
-        <w:t>Please list the courses you taught in academic year 202</w:t>
-[...2 lines deleted...]
-        <w:t>4</w:t>
+        <w:t xml:space="preserve">Please list the courses you taught in </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7657">
+        <w:t xml:space="preserve">the last </w:t>
       </w:r>
       <w:r w:rsidRPr="006526F4">
-        <w:t>-202</w:t>
-[...2 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve">academic year </w:t>
       </w:r>
       <w:r w:rsidR="00421F13" w:rsidRPr="006526F4">
-        <w:t xml:space="preserve"> (include course and section number, enrollment, and semester taught)</w:t>
+        <w:t>(include course and section number, enrollment, and semester taught)</w:t>
       </w:r>
       <w:r w:rsidRPr="006526F4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1894420524"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="3EEC1782" w14:textId="3CDB33FC" w:rsidR="008A72BC" w:rsidRPr="006526F4" w:rsidRDefault="008A72BC" w:rsidP="008A72BC">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
           </w:pPr>
           <w:r w:rsidRPr="005F2CD3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -457,80 +454,66 @@
         <w:id w:val="1262955831"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="5102FC9C" w14:textId="74DEC787" w:rsidR="008A72BC" w:rsidRPr="006526F4" w:rsidRDefault="008A72BC" w:rsidP="008A72BC">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
           </w:pPr>
           <w:r w:rsidRPr="005F2CD3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="161F7A55" w14:textId="77777777" w:rsidR="008A72BC" w:rsidRDefault="008A72BC" w:rsidP="008A72BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F6842D3" w14:textId="607346CA" w:rsidR="00F8758A" w:rsidRDefault="00110089" w:rsidP="00110089">
+    <w:p w14:paraId="6F6842D3" w14:textId="164637A5" w:rsidR="00F8758A" w:rsidRDefault="00110089" w:rsidP="00110089">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006526F4">
         <w:t xml:space="preserve">Please provide the number of students you advised during </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB7657">
+        <w:t xml:space="preserve">the last </w:t>
+      </w:r>
       <w:r w:rsidRPr="006526F4">
-        <w:t>academic</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>academic year.</w:t>
       </w:r>
       <w:r w:rsidR="00F8758A" w:rsidRPr="006526F4">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1327367333"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="5FB1E156" w14:textId="288E6959" w:rsidR="008A72BC" w:rsidRPr="006526F4" w:rsidRDefault="008A72BC" w:rsidP="008A72BC">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
           </w:pPr>
           <w:r w:rsidRPr="005F2CD3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -891,161 +874,161 @@
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00F602BE" w:rsidRPr="005F2CD3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>vpaa@kean.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F602BE">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00110089" w:rsidSect="008A72BC">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="810" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D362478" w14:textId="77777777" w:rsidR="00D51814" w:rsidRDefault="00D51814" w:rsidP="008A72BC">
+    <w:p w14:paraId="172EF46E" w14:textId="77777777" w:rsidR="00D32ED1" w:rsidRDefault="00D32ED1" w:rsidP="008A72BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="347CA2FF" w14:textId="77777777" w:rsidR="00D51814" w:rsidRDefault="00D51814" w:rsidP="008A72BC">
+    <w:p w14:paraId="328E0E8D" w14:textId="77777777" w:rsidR="00D32ED1" w:rsidRDefault="00D32ED1" w:rsidP="008A72BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="280833E6" w14:textId="7CD4D971" w:rsidR="008A72BC" w:rsidRPr="008A72BC" w:rsidRDefault="008A72BC" w:rsidP="008A72BC">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008A72BC">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">*Please note that this application form is not for individuals requesting a medical leave or work accommodation.  Information about leaves of absence and ADA can be found at </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="008A72BC">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>https://www.kean.edu/offices/human-resources/benefits/leave-absence-and-ada</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E86DFA0" w14:textId="77777777" w:rsidR="00D51814" w:rsidRDefault="00D51814" w:rsidP="008A72BC">
+    <w:p w14:paraId="47219C43" w14:textId="77777777" w:rsidR="00D32ED1" w:rsidRDefault="00D32ED1" w:rsidP="008A72BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4131E592" w14:textId="77777777" w:rsidR="00D51814" w:rsidRDefault="00D51814" w:rsidP="008A72BC">
+    <w:p w14:paraId="671F371F" w14:textId="77777777" w:rsidR="00D32ED1" w:rsidRDefault="00D32ED1" w:rsidP="008A72BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="072961D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DCC9846"/>
     <w:lvl w:ilvl="0" w:tplc="27E60FD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1098,126 +1081,129 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1872110406">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="v6/MrB474tIWbduVMPBP9QBBRgEbVB5DX5+VolBArtiTs4QXP6sYvWveG8hwR2c5QOsuBaxamL7B+5+FzQwxdQ==" w:salt="faHh8IlX8NuRapNUyW15sw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sTp8Pw1UQN631HVUyZOUJcNbzAI1tpLvfshcX6X8Tu0Lu1ENPTlxwPpFuhrX0SLpvbNBGtos+sQJSqz3/Eiq2w==" w:salt="3sdy+Q+Nk6Woa1en0pB3RQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00110089"/>
     <w:rsid w:val="00003963"/>
     <w:rsid w:val="0007068B"/>
     <w:rsid w:val="00110089"/>
     <w:rsid w:val="002D26D3"/>
     <w:rsid w:val="00421F13"/>
+    <w:rsid w:val="00527095"/>
     <w:rsid w:val="005B73DE"/>
     <w:rsid w:val="005E17BB"/>
     <w:rsid w:val="006252D5"/>
     <w:rsid w:val="006526F4"/>
     <w:rsid w:val="00846EF7"/>
     <w:rsid w:val="008A72BC"/>
     <w:rsid w:val="00984D67"/>
     <w:rsid w:val="009D672C"/>
     <w:rsid w:val="00B46AED"/>
     <w:rsid w:val="00B77199"/>
     <w:rsid w:val="00CA6524"/>
+    <w:rsid w:val="00D32ED1"/>
     <w:rsid w:val="00D51814"/>
     <w:rsid w:val="00D80C76"/>
+    <w:rsid w:val="00EB7657"/>
     <w:rsid w:val="00F602BE"/>
     <w:rsid w:val="00F8758A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="19A9BA0D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{07211546-6B9A-4CD9-A35E-718589F6C0A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2200,70 +2186,70 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008A72BC"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F602BE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpaa@kean.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kean.edu/offices/human-resources/benefits/leave-absence-and-ada" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B85CC8F8-5EB7-48C0-A583-1270A4279BBF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D61176" w:rsidRDefault="006A2A56">
           <w:r w:rsidRPr="005F2CD3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -2307,126 +2293,128 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{984C81BA-CA6B-42E9-ADDF-CC184EF72F74}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D61176" w:rsidRDefault="006A2A56" w:rsidP="006A2A56">
           <w:pPr>
             <w:pStyle w:val="75B3D51C8C1E41AC84B13D03FABF5ACC"/>
           </w:pPr>
           <w:r w:rsidRPr="005F2CD3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A2A56"/>
+    <w:rsid w:val="00527095"/>
     <w:rsid w:val="005A7E84"/>
     <w:rsid w:val="005E17BB"/>
     <w:rsid w:val="006A2A56"/>
+    <w:rsid w:val="006D4748"/>
     <w:rsid w:val="00D61176"/>
     <w:rsid w:val="00EE571E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2825,51 +2813,51 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006A2A56"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="75B3D51C8C1E41AC84B13D03FABF5ACC">
     <w:name w:val="75B3D51C8C1E41AC84B13D03FABF5ACC"/>
     <w:rsid w:val="006A2A56"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -3131,69 +3119,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>291</Words>
-  <Characters>1661</Characters>
+  <Words>323</Words>
+  <Characters>1627</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1949</CharactersWithSpaces>
+  <CharactersWithSpaces>1920</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Zahire Estrella-Chambers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>