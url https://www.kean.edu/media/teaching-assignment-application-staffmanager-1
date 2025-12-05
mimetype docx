--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -4,55 +4,56 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="11DD60DE" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3313"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
@@ -154,102 +155,100 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BCBDCDA" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="351" w:lineRule="auto"/>
         <w:ind w:left="300" w:right="1130"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk182815254"/>
-    <w:p w14:paraId="26E45696" w14:textId="4BC336AB" w:rsidR="00AD7A91" w:rsidRDefault="00000000" w:rsidP="00AD7A91">
+    <w:p w14:paraId="26E45696" w14:textId="5F9F2030" w:rsidR="00AD7A91" w:rsidRDefault="00D16250" w:rsidP="005B37E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="351" w:lineRule="auto"/>
         <w:ind w:left="300" w:right="1130"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:color w:val="000000"/>
             <w:sz w:val="31"/>
             <w:szCs w:val="31"/>
           </w:rPr>
           <w:alias w:val="Choose term"/>
           <w:tag w:val="Choose term"/>
           <w:id w:val="-1371996259"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
           <w:comboBox>
-            <w:listItem w:displayText="Fall 2025" w:value="Fall 2025"/>
-[...1 lines deleted...]
-            <w:listItem w:displayText="Summer II 2025" w:value="Summer II 2025"/>
+            <w:listItem w:displayText="Winter 2026" w:value="Winter 2026"/>
+            <w:listItem w:displayText="Spring 2026" w:value="Spring 2026"/>
+            <w:listItem w:displayText="Summer I 2026" w:value="Summer I 2026"/>
+            <w:listItem w:displayText="Summer II 2026" w:value="Summer II 2026"/>
           </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A005E6">
+          <w:r w:rsidR="000E7EE1" w:rsidRPr="003D350A">
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:szCs w:val="31"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>Fall 2025</w:t>
+            <w:t>Choose an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00AD7A91">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
         </w:rPr>
         <w:t xml:space="preserve"> Teaching Assignment Application for Staff/Manager           </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20DA8598" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
@@ -329,97 +328,99 @@
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidR="0023154B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:alias w:val="Name"/>
           <w:tag w:val="Name"/>
           <w:id w:val="1141774600"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0023154B" w:rsidRPr="003D350A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                             </w:t>
       </w:r>
       <w:r w:rsidR="0023154B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Kean ID: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:alias w:val="Kean ID"/>
           <w:tag w:val="Kean ID"/>
           <w:id w:val="-2031549909"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0023154B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">               </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B22E134" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -453,81 +454,83 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Program/Department: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:alias w:val="Program/Department"/>
           <w:tag w:val="Program/Department"/>
           <w:id w:val="-280655387"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0023154B" w:rsidRPr="003D350A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Extension: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:alias w:val="Extension"/>
           <w:tag w:val="Extension"/>
           <w:id w:val="1884748323"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0023154B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">           </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69F9D43B" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -557,50 +560,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Work Hours:</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="2006473173"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0023154B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">                                         </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
@@ -614,50 +618,51 @@
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:alias w:val="Email"/>
           <w:tag w:val="Email"/>
           <w:id w:val="-1847012208"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">                                    </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01BE187F" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRPr="00284878" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
@@ -1029,90 +1034,90 @@
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:alias w:val="College"/>
             <w:tag w:val="College"/>
             <w:id w:val="-183212371"/>
             <w:placeholder>
               <w:docPart w:val="BB2A131238D640F295BFC924F6A23325"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Choose a college" w:value=""/>
               <w:listItem w:displayText="CBPM" w:value="CBPM"/>
               <w:listItem w:displayText="CEDU" w:value="CEDU"/>
               <w:listItem w:displayText="CLA" w:value="CLA"/>
               <w:listItem w:displayText="HCSMT" w:value="HCSMT"/>
               <w:listItem w:displayText="HPHS" w:value="HPHS"/>
               <w:listItem w:displayText="MGC" w:value="MGC"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1890" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6F2CC6C2" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:pBdr>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                     <w:between w:val="nil"/>
                   </w:pBdr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00EE173F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23D1FB36" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
@@ -1124,76 +1129,76 @@
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="281385519"/>
                 <w:placeholder>
                   <w:docPart w:val="A64021B9BBC54455915232B7C0D38913"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="003D350A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="499F0E79" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1203,81 +1208,81 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="289412900"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                          </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">                                   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="75FB1936" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1287,50 +1292,51 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="-1611113407"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                                  </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     </w:t>
             </w:r>
@@ -1365,50 +1371,51 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="696281862"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                       </w:t>
                 </w:r>
                 <w:r w:rsidR="00C8361D">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
@@ -1445,87 +1452,87 @@
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:alias w:val="College"/>
             <w:tag w:val="College"/>
             <w:id w:val="-1459637412"/>
             <w:placeholder>
               <w:docPart w:val="6CB871C4927C4FBBAED548B2C32CEA24"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose a college"/>
               <w:listItem w:displayText="CBPM" w:value="CBPM"/>
               <w:listItem w:displayText="CEDU" w:value="CEDU"/>
               <w:listItem w:displayText="CLA" w:value="CLA"/>
               <w:listItem w:displayText="HCSMT" w:value="HCSMT"/>
               <w:listItem w:displayText="HPHS" w:value="HPHS"/>
               <w:listItem w:displayText="MGC" w:value="MGC"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1890" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4BA5D887" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:pBdr>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                     <w:between w:val="nil"/>
                   </w:pBdr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00EE173F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34709DAB" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -1535,155 +1542,155 @@
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="1721085899"/>
                 <w:placeholder>
                   <w:docPart w:val="3390B18DEA9949D2B65BD61B361BE40D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="003D350A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F5D6ECE" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="2146301710"/>
                 <w:placeholder>
                   <w:docPart w:val="FDCE72F1AB7141938AFFDB2CB55E302E"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                        </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E70ABD4" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -1692,50 +1699,51 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="1889077136"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                                  </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
@@ -1769,50 +1777,51 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="798874094"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                                 </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
@@ -1827,87 +1836,87 @@
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:alias w:val="College"/>
             <w:tag w:val="College"/>
             <w:id w:val="1984896472"/>
             <w:placeholder>
               <w:docPart w:val="E114B6BE5CD94ABE830455E6D30A9230"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose a college"/>
               <w:listItem w:displayText="CBPM" w:value="CBPM"/>
               <w:listItem w:displayText="CEDU" w:value="CEDU"/>
               <w:listItem w:displayText="CLA" w:value="CLA"/>
               <w:listItem w:displayText="HCSMT" w:value="HCSMT"/>
               <w:listItem w:displayText="HPHS" w:value="HPHS"/>
               <w:listItem w:displayText="MGC" w:value="MGC"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1890" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0E1AE547" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:pBdr>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                     <w:between w:val="nil"/>
                   </w:pBdr>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00EE173F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="38DA8CEA" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -1917,405 +1926,409 @@
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="1412583353"/>
                 <w:placeholder>
                   <w:docPart w:val="3390B18DEA9949D2B65BD61B361BE40D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="003D350A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="335CC8B9" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1346441917"/>
                 <w:placeholder>
                   <w:docPart w:val="F33A4BCC2F044B1690C8A6684C23D91D"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                        </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="098D2146" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00000000" w:rsidP="00AD7A91">
+          <w:p w14:paraId="098D2146" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00D16250" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="2005698709"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AD7A91">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                                     </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AD7A91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">                                      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06423986" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00000000" w:rsidP="00AD7A91">
+          <w:p w14:paraId="06423986" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00D16250" w:rsidP="00AD7A91">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                 </w:rPr>
                 <w:id w:val="-685212797"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AD7A91">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                                  </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AD7A91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:t xml:space="preserve">                                      </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2868FD16" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EC1F08F" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00000000" w:rsidP="00D3570C">
+    <w:p w14:paraId="5EC1F08F" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRDefault="00D16250" w:rsidP="00D3570C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="263" w:lineRule="auto"/>
         <w:ind w:left="292" w:right="771" w:firstLine="7"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1939977519"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B80F42">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D3570C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3570C" w:rsidRPr="00D3570C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I have attached my current resume/CV</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5136874C" w14:textId="77777777" w:rsidR="00D3570C" w:rsidRDefault="00000000" w:rsidP="00D3570C">
+    <w:p w14:paraId="5136874C" w14:textId="77777777" w:rsidR="00D3570C" w:rsidRDefault="00D16250" w:rsidP="00D3570C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="263" w:lineRule="auto"/>
         <w:ind w:left="292" w:right="771" w:firstLine="7"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1841610463"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D3570C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D3570C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3570C" w:rsidRPr="00D3570C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
@@ -2444,50 +2457,51 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Employee’s Signature:    </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:color w:val="000000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Employee's Signature"/>
           <w:tag w:val="Employee's Signature"/>
           <w:id w:val="-1868744155"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">                                                                      </w:t>
           </w:r>
           <w:r w:rsidR="00C8361D" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
@@ -2524,50 +2538,51 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:color w:val="000000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Date"/>
           <w:tag w:val="Date"/>
           <w:id w:val="533937212"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">                           </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
@@ -2696,89 +2711,91 @@
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Supervisor/Director’s Signature"/>
           <w:tag w:val="Supervisor/Director’s Signature"/>
           <w:id w:val="751937012"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">                                                                 </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Date:</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:color w:val="000000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Date"/>
           <w:tag w:val="Date"/>
           <w:id w:val="504868996"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">                     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
@@ -2862,50 +2879,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">VP’s Signature: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Division/VP’s Signature"/>
           <w:tag w:val="Division/VP’s Signature"/>
           <w:id w:val="1523434480"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -2925,50 +2943,51 @@
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Date"/>
           <w:tag w:val="Date"/>
           <w:id w:val="664671795"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">                              </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                           </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30404881" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRPr="0021441B" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -3014,98 +3033,100 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Dean* Signature:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:color w:val="000000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Academic Dean* Signature"/>
           <w:tag w:val="Academic Dean* Signature"/>
           <w:id w:val="403265048"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:color w:val="000000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Date"/>
           <w:tag w:val="Date"/>
           <w:id w:val="-514002413"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE05C5" w:rsidRPr="0021441B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">                             </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0021441B">
         <w:rPr>
@@ -3141,50 +3162,51 @@
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:alias w:val="Academic Dean"/>
         <w:tag w:val="Academic Dean"/>
         <w:id w:val="-339548272"/>
         <w:placeholder>
           <w:docPart w:val="C7C9E6F1D4B84552B9B5244232AF9D1F"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:dropDownList>
           <w:listItem w:value="Choose a college Dean"/>
           <w:listItem w:displayText="CBPM Dean Jin Wang cbpm@kean.edu" w:value="CBPM Dean Jin Wang cbpm@kean.edu"/>
           <w:listItem w:displayText="CEDU Dean Sancha Gray sgray@kean.edu" w:value="CEDU Dean Sancha Gray sgray@kean.edu"/>
           <w:listItem w:displayText="CLA Dean Jessica Thurlow jthurlow@kean.edu" w:value="CLA Dean Jessica Thurlow jthurlow@kean.edu"/>
           <w:listItem w:displayText="HCSMT Dean George Chang gchang@kean.edu" w:value="HCSMT Dean George Chang gchang@kean.edu"/>
           <w:listItem w:displayText="HPHS Dean James Konopack jkonopack@kean.edu" w:value="HPHS Dean James Konopack jkonopack@kean.edu"/>
           <w:listItem w:displayText="MGC Dean David Mohney architecture@kean.edu" w:value="MGC Dean David Mohney architecture@kean.edu"/>
         </w:dropDownList>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="49CEE5C6" w14:textId="77777777" w:rsidR="00AD7A91" w:rsidRPr="0021441B" w:rsidRDefault="00AD7A91" w:rsidP="00AD7A91">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0021441B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -3264,160 +3286,160 @@
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="248825E8" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-14.8pt,14.1pt" to="522.2pt,18.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJWhurxwEAAMUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKudtmNmu6hK7gg&#10;qNiFu9cZNxb+0tg06b9n7LQB8XVAXKyMPe/NvDeTzf1kDTsCRu1dx5tVzRk46XvtDh3/9PTm1S1n&#10;MQnXC+MddPwEkd9vX77YjKGFtR+86QEZkbjYjqHjQ0qhraooB7AirnwAR4/KoxWJQjxUPYqR2K2p&#10;1nV9U40e+4BeQox0+zA/8m3hVwpk+qBUhMRMx6m3VE4s53M+q+1GtAcUYdDy3Ib4hy6s0I6KLlQP&#10;Ign2FfUvVFZL9NGrtJLeVl4pLaFoIDVN/ZOax0EEKFrInBgWm+L/o5Xvj3tkuu/4FWdOWBrRY0Kh&#10;D0NiO+8cGeiRXWWfxhBbSt+5PZ6jGPaYRU8KLVNGh8+0AsUGEsam4vJpcRmmxCRd3tw2d3c1DUPS&#10;2/Xr5rpMoZppMl3AmN6Ctyx/dNxol00QrTi+i4lKU+olhYLc1txI+UonAznZuI+gSBgVXBd0WSnY&#10;GWRHQcvQf2myKOIqmRmitDELqP476JybYVDWbAHOBvyx2pJdKnqXFqDVzuPvqqbp0qqa8y+qZ61Z&#10;9rPvT2UsxQ7alaLsvNd5GX+MC/z737f9BgAA//8DAFBLAwQUAAYACAAAACEAfjMb290AAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQW7CMBBF95V6B2sqdQcOJoI0jYNapKobNtAewMRDHBGPI9uA&#10;e/uaVbsc/af/3zSbZEd2RR8GRxIW8wIYUuf0QL2E76+PWQUsREVajY5Qwg8G2LSPD42qtbvRHq+H&#10;2LNcQqFWEkyMU8156AxaFeZuQsrZyXmrYj59z7VXt1xuRy6KYsWtGigvGDXh1mB3PlysBLv9XO/c&#10;vkppF7wO76dlNJakfH5Kb6/AIqb4B8NdP6tDm52O7kI6sFHCTLysMipBVALYHSjKsgR2lLBcC+Bt&#10;w/+/0P4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyVobq8cBAADFAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfjMb290AAAAKAQAADwAAAAAA&#10;AAAAAAAAAAAhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
+              <v:line w14:anchorId="0A0B30D9" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-14.8pt,14.1pt" to="522.2pt,18.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARK5xMqgEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzf2SQrtbTRZntoRS8I&#10;KqC9u854Y+Ev2WaT/feMJ7spaqGHiovlj3lv5r0Zb64ma9geYtLedbxZ1ZyBk77Xbtfx+x+fPlxw&#10;lrJwvTDeQccPkPjV9v27zRhaWPvBmx4iQxKX2jF0fMg5tFWV5ABWpJUP4PBR+WhFxmPcVX0UI7Jb&#10;U63r+rwafexD9BJSwtub+ZFviV8pkPmrUgkyMx3H2jKtkdbHslbbjWh3UYRBy2MZ4g1VWKEdJl2o&#10;bkQW7FfUL6isltEnr/JKelt5pbQE0oBqmvqZmu+DCEBa0JwUFpvS/6OVX/bX7i6iDWNIbQp3saiY&#10;VLRMGR0esKekCytlE9l2WGyDKTOJl+cXzeVlje5KfDv72JyRrdVMU+hCTPkWvGVl03GjXVElWrH/&#10;nDKmxtBTCB6eCqFdPhgowcZ9A8V0jwnXhKYZgWsT2V5gd/ufTekmclFkgShtzAKqXwcdYwsMaG4W&#10;4GzAP7Mt0ZTRu7wArXY+/i1rnk6lqjn+pHrWWmQ/+v5AbSE7sPmk7DioZbr+PBP86TttfwMAAP//&#10;AwBQSwMEFAAGAAgAAAAhAH4zG9vdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FuwjAQRfeV&#10;egdrKnUHDiaCNI2DWqSqGzbQHsDEQxwRjyPbgHv7mlW7HP2n/980m2RHdkUfBkcSFvMCGFLn9EC9&#10;hO+vj1kFLERFWo2OUMIPBti0jw+NqrW70R6vh9izXEKhVhJMjFPNeegMWhXmbkLK2cl5q2I+fc+1&#10;V7dcbkcuimLFrRooLxg14dZgdz5crAS7/Vzv3L5KaRe8Du+nZTSWpHx+Sm+vwCKm+AfDXT+rQ5ud&#10;ju5COrBRwky8rDIqQVQC2B0oyrIEdpSwXAvgbcP/v9D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABErnEyqAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAH4zG9vdAAAACgEAAA8AAAAAAAAAAAAAAAAABAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAAOBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004B3A85" w:rsidRPr="00AD7A91" w:rsidSect="0006054D">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="184" w:right="1628" w:bottom="630" w:left="1421" w:header="0" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:equalWidth="0">
         <w:col w:w="9189" w:space="0"/>
       </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4960BF7D" w14:textId="77777777" w:rsidR="00ED5882" w:rsidRDefault="00ED5882">
+    <w:p w14:paraId="6EE948BD" w14:textId="77777777" w:rsidR="00333F8B" w:rsidRDefault="00333F8B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32446E4D" w14:textId="77777777" w:rsidR="00ED5882" w:rsidRDefault="00ED5882">
+    <w:p w14:paraId="1F782705" w14:textId="77777777" w:rsidR="00333F8B" w:rsidRDefault="00333F8B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="309F6F33" w14:textId="77777777" w:rsidR="00FD4F41" w:rsidRDefault="00FD4F41">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="58D4FB9F" w14:textId="77777777" w:rsidR="00CA2C42" w:rsidRPr="00A14F04" w:rsidRDefault="00EE05C5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -3594,61 +3616,61 @@
     <w:r w:rsidR="004D1F2B" w:rsidRPr="008B7B18">
       <w:rPr>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> SA</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38BD4B1A" w14:textId="77777777" w:rsidR="00FD4F41" w:rsidRDefault="00FD4F41">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="403294E0" w14:textId="77777777" w:rsidR="00ED5882" w:rsidRDefault="00ED5882">
+    <w:p w14:paraId="6B8EADED" w14:textId="77777777" w:rsidR="00333F8B" w:rsidRDefault="00333F8B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0724E14E" w14:textId="77777777" w:rsidR="00ED5882" w:rsidRDefault="00ED5882">
+    <w:p w14:paraId="0B3482F8" w14:textId="77777777" w:rsidR="00333F8B" w:rsidRDefault="00333F8B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3BBA26DA" w14:textId="77777777" w:rsidR="00FD4F41" w:rsidRDefault="00FD4F41">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="695A7423" w14:textId="77777777" w:rsidR="00FD4F41" w:rsidRDefault="00FD4F41">
     <w:pPr>
@@ -3959,169 +3981,188 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="652753169">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="585113790">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iOFCX/p/RAuocGbjriDAxO/Pqc2g0N77DtT7iaGKpLyKET2b7U3yvHkdeTPS2+E8Z/Y45KlcjMZIHHgAcdNZmg==" w:salt="G8Vj0cMJxZkS4Fv2tH0Pug=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mwTWdpWLSF6FVGoZTCmW63isW55bktALleLSNEentI+XWMc48zGwLuUAHAxTvVtUifnvtBdJzbHHP1pMzKRZ+A==" w:salt="J3JYVWTJ9yMUdgXA1ea/Cw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD7A91"/>
     <w:rsid w:val="00012CCE"/>
     <w:rsid w:val="000B2E90"/>
+    <w:rsid w:val="000E7EE1"/>
     <w:rsid w:val="001160E7"/>
     <w:rsid w:val="00194F49"/>
+    <w:rsid w:val="001A30F2"/>
     <w:rsid w:val="001D12C6"/>
     <w:rsid w:val="001E7C04"/>
     <w:rsid w:val="0021441B"/>
     <w:rsid w:val="0023154B"/>
     <w:rsid w:val="00235146"/>
     <w:rsid w:val="00256866"/>
     <w:rsid w:val="00284502"/>
     <w:rsid w:val="00294E8E"/>
     <w:rsid w:val="002A578E"/>
     <w:rsid w:val="002C10FE"/>
     <w:rsid w:val="002F0584"/>
     <w:rsid w:val="002F330A"/>
+    <w:rsid w:val="00333F8B"/>
     <w:rsid w:val="0033452D"/>
     <w:rsid w:val="00341371"/>
     <w:rsid w:val="0034138B"/>
     <w:rsid w:val="00350E1C"/>
     <w:rsid w:val="00382D21"/>
     <w:rsid w:val="00383384"/>
     <w:rsid w:val="003B3014"/>
     <w:rsid w:val="003C758D"/>
+    <w:rsid w:val="003E13C5"/>
     <w:rsid w:val="003F0001"/>
     <w:rsid w:val="003F485A"/>
     <w:rsid w:val="004010B8"/>
     <w:rsid w:val="004018D5"/>
     <w:rsid w:val="00411B32"/>
+    <w:rsid w:val="00416411"/>
     <w:rsid w:val="004315D1"/>
     <w:rsid w:val="004B3A85"/>
     <w:rsid w:val="004B7153"/>
     <w:rsid w:val="004D1F2B"/>
     <w:rsid w:val="00510027"/>
     <w:rsid w:val="00526512"/>
     <w:rsid w:val="005464EA"/>
     <w:rsid w:val="00556B10"/>
     <w:rsid w:val="005A1E63"/>
+    <w:rsid w:val="005B37E7"/>
     <w:rsid w:val="00605FA7"/>
     <w:rsid w:val="0062709B"/>
     <w:rsid w:val="00634571"/>
     <w:rsid w:val="0066050E"/>
     <w:rsid w:val="00673134"/>
+    <w:rsid w:val="00693033"/>
     <w:rsid w:val="006A32A0"/>
+    <w:rsid w:val="006D41A2"/>
     <w:rsid w:val="006D57A1"/>
     <w:rsid w:val="007337B9"/>
     <w:rsid w:val="00740371"/>
+    <w:rsid w:val="00742026"/>
+    <w:rsid w:val="00756D9E"/>
     <w:rsid w:val="007B0378"/>
     <w:rsid w:val="00802655"/>
     <w:rsid w:val="00820D2F"/>
     <w:rsid w:val="008406A7"/>
+    <w:rsid w:val="008A2FCC"/>
     <w:rsid w:val="008B7B18"/>
     <w:rsid w:val="008E4ED9"/>
     <w:rsid w:val="00965605"/>
     <w:rsid w:val="00981A2E"/>
     <w:rsid w:val="009878E0"/>
     <w:rsid w:val="00A005E6"/>
     <w:rsid w:val="00A14F04"/>
     <w:rsid w:val="00A24695"/>
     <w:rsid w:val="00A2590E"/>
+    <w:rsid w:val="00A50DDD"/>
+    <w:rsid w:val="00A8170E"/>
     <w:rsid w:val="00AA2FD5"/>
     <w:rsid w:val="00AA4826"/>
     <w:rsid w:val="00AD7A91"/>
     <w:rsid w:val="00AE7C01"/>
     <w:rsid w:val="00B03621"/>
     <w:rsid w:val="00B80F42"/>
     <w:rsid w:val="00B850A0"/>
     <w:rsid w:val="00C02F59"/>
     <w:rsid w:val="00C0328E"/>
+    <w:rsid w:val="00C038F0"/>
     <w:rsid w:val="00C061EF"/>
     <w:rsid w:val="00C3471C"/>
     <w:rsid w:val="00C3748E"/>
     <w:rsid w:val="00C8361D"/>
     <w:rsid w:val="00CA1F7E"/>
     <w:rsid w:val="00CA2C42"/>
+    <w:rsid w:val="00CF240C"/>
     <w:rsid w:val="00CF625A"/>
+    <w:rsid w:val="00D00639"/>
     <w:rsid w:val="00D045F2"/>
+    <w:rsid w:val="00D16250"/>
     <w:rsid w:val="00D3570C"/>
     <w:rsid w:val="00D61074"/>
     <w:rsid w:val="00D93222"/>
     <w:rsid w:val="00D97FD8"/>
     <w:rsid w:val="00DA23EF"/>
     <w:rsid w:val="00DA4AC2"/>
     <w:rsid w:val="00DB3618"/>
     <w:rsid w:val="00E20AD3"/>
     <w:rsid w:val="00E42D50"/>
     <w:rsid w:val="00E43022"/>
+    <w:rsid w:val="00E459A6"/>
     <w:rsid w:val="00E636F2"/>
     <w:rsid w:val="00ED5882"/>
     <w:rsid w:val="00EE05C5"/>
     <w:rsid w:val="00EF2AAC"/>
     <w:rsid w:val="00F00D55"/>
     <w:rsid w:val="00F3068C"/>
     <w:rsid w:val="00F308E4"/>
     <w:rsid w:val="00F3584F"/>
+    <w:rsid w:val="00F608D3"/>
     <w:rsid w:val="00F77ED7"/>
     <w:rsid w:val="00F852F8"/>
     <w:rsid w:val="00F858FB"/>
     <w:rsid w:val="00FB4687"/>
     <w:rsid w:val="00FD4F41"/>
     <w:rsid w:val="00FF022C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -5021,139 +5062,147 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B905C1"/>
     <w:rsid w:val="00161BB4"/>
     <w:rsid w:val="001C1256"/>
     <w:rsid w:val="001E42B3"/>
     <w:rsid w:val="002178EF"/>
     <w:rsid w:val="00255F19"/>
     <w:rsid w:val="002A0C03"/>
+    <w:rsid w:val="003E13C5"/>
     <w:rsid w:val="00437ECD"/>
     <w:rsid w:val="00442B96"/>
     <w:rsid w:val="005464EA"/>
     <w:rsid w:val="00551637"/>
+    <w:rsid w:val="00576C98"/>
+    <w:rsid w:val="00742026"/>
     <w:rsid w:val="00755DEE"/>
+    <w:rsid w:val="00756D9E"/>
     <w:rsid w:val="0076029B"/>
     <w:rsid w:val="0079559D"/>
+    <w:rsid w:val="007B5A92"/>
     <w:rsid w:val="007C602A"/>
     <w:rsid w:val="007D6845"/>
     <w:rsid w:val="007F0D86"/>
     <w:rsid w:val="007F30E6"/>
     <w:rsid w:val="00875E3A"/>
     <w:rsid w:val="008D1E22"/>
     <w:rsid w:val="00A12C73"/>
     <w:rsid w:val="00A53EAC"/>
     <w:rsid w:val="00B850A0"/>
     <w:rsid w:val="00B905C1"/>
+    <w:rsid w:val="00BF3EA6"/>
     <w:rsid w:val="00CC1A36"/>
+    <w:rsid w:val="00D00639"/>
     <w:rsid w:val="00D56079"/>
     <w:rsid w:val="00DD29EF"/>
+    <w:rsid w:val="00E459A6"/>
     <w:rsid w:val="00E64977"/>
     <w:rsid w:val="00E8159E"/>
     <w:rsid w:val="00F25777"/>
     <w:rsid w:val="00F3068C"/>
     <w:rsid w:val="00F3465D"/>
     <w:rsid w:val="00F8533E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -5911,75 +5960,81 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{92020e55-766a-4baa-a277-94a24f1b11b7}" enabled="0" method="" siteId="{92020e55-766a-4baa-a277-94a24f1b11b7}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>414</Words>
-  <Characters>2361</Characters>
+  <Words>444</Words>
+  <Characters>2337</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>146</Lines>
+  <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kean University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2770</CharactersWithSpaces>
+  <CharactersWithSpaces>2708</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Solman Ahmed</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>